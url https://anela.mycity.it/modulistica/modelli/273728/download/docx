--- v0 (2025-10-04)
+++ v1 (2025-10-29)
@@ -9330,55 +9330,51 @@
           <w:b/>
           <w:b/>
           <w:i/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Avvertenza:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:vanish/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">A fronte di una disciplina di non facile interpretazione stante la complessità di norme non sempre suffragate da indirizzo operativo univoco, come si dice in questi casi, pur garantendo l’affidabilità di questa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>sintesi</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_PictureBullets"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>