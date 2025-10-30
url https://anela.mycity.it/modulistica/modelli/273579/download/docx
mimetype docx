--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2321913340"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2321913340"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3038531397"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3038531397"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3038531397"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2321913340"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2321913340"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3038531397"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3038531397"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3038531397"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2321913340"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2321913340"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3038531397"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3038531397"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3038531397"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2321913340"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2321913340"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3038531397"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3038531397"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3038531397"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2321913340"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2321913340"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3038531397"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3038531397"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3038531397"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2321913340"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2321913340"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3038531397"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3038531397"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3038531397"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2321913340"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2321913340"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3038531397"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3038531397"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3038531397"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2321913340"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2321913340"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3038531397"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3038531397"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3038531397"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2321913340"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2321913340"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3038531397"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3038531397"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3038531397"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>