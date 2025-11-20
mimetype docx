--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3038531397"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3038531397"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_859748092"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_859748092"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_859748092"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3038531397"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3038531397"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_859748092"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_859748092"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_859748092"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3038531397"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3038531397"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_859748092"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_859748092"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_859748092"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3038531397"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3038531397"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_859748092"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_859748092"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_859748092"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3038531397"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3038531397"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_859748092"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_859748092"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_859748092"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3038531397"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3038531397"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_859748092"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_859748092"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_859748092"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3038531397"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3038531397"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_859748092"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_859748092"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_859748092"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3038531397"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3038531397"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_859748092"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_859748092"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_859748092"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3038531397"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3038531397"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_859748092"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_859748092"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_859748092"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>