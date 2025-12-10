--- v2 (2025-11-20)
+++ v3 (2025-12-10)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_859748092"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_859748092"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2779111878"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2779111878"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2779111878"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_859748092"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_859748092"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2779111878"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2779111878"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2779111878"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_859748092"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_859748092"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2779111878"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2779111878"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2779111878"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_859748092"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_859748092"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2779111878"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2779111878"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2779111878"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_859748092"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_859748092"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2779111878"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2779111878"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2779111878"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_859748092"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_859748092"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2779111878"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2779111878"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2779111878"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_859748092"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_859748092"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2779111878"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2779111878"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2779111878"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_859748092"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_859748092"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2779111878"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2779111878"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2779111878"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_859748092"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_859748092"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2779111878"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2779111878"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2779111878"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>