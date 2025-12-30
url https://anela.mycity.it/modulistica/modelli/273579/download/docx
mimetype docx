--- v3 (2025-12-10)
+++ v4 (2025-12-30)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2779111878"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2779111878"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3515221666"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3515221666"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3515221666"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2779111878"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2779111878"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3515221666"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3515221666"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3515221666"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2779111878"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2779111878"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3515221666"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3515221666"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3515221666"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2779111878"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2779111878"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3515221666"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3515221666"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3515221666"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2779111878"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2779111878"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3515221666"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3515221666"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3515221666"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2779111878"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2779111878"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3515221666"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3515221666"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3515221666"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2779111878"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2779111878"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3515221666"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3515221666"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3515221666"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2779111878"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2779111878"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3515221666"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3515221666"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3515221666"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2779111878"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2779111878"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3515221666"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3515221666"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3515221666"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>