--- v4 (2025-12-30)
+++ v5 (2025-12-30)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3515221666"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3515221666"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2447791864"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2447791864"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2447791864"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3515221666"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3515221666"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2447791864"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2447791864"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2447791864"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3515221666"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3515221666"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2447791864"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2447791864"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2447791864"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3515221666"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3515221666"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2447791864"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2447791864"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2447791864"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3515221666"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3515221666"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2447791864"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2447791864"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2447791864"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3515221666"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3515221666"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2447791864"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2447791864"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2447791864"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3515221666"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3515221666"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2447791864"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2447791864"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2447791864"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3515221666"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3515221666"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2447791864"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2447791864"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2447791864"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3515221666"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3515221666"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2447791864"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2447791864"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2447791864"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>