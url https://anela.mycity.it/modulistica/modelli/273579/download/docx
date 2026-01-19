--- v5 (2025-12-30)
+++ v6 (2026-01-19)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2447791864"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2447791864"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4103710290"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4103710290"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4103710290"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2447791864"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2447791864"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4103710290"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_4103710290"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4103710290"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2447791864"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2447791864"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4103710290"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_4103710290"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4103710290"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2447791864"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2447791864"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4103710290"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4103710290"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4103710290"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2447791864"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2447791864"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4103710290"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4103710290"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4103710290"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2447791864"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2447791864"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4103710290"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4103710290"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4103710290"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2447791864"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2447791864"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4103710290"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4103710290"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4103710290"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2447791864"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2447791864"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4103710290"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4103710290"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4103710290"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2447791864"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2447791864"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4103710290"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_4103710290"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4103710290"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>