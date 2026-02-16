--- v6 (2026-01-19)
+++ v7 (2026-02-16)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4103710290"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4103710290"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3161557800"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3161557800"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3161557800"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4103710290"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4103710290"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3161557800"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3161557800"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3161557800"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4103710290"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4103710290"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3161557800"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3161557800"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3161557800"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4103710290"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4103710290"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3161557800"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3161557800"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3161557800"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4103710290"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4103710290"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3161557800"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3161557800"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3161557800"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4103710290"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4103710290"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3161557800"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3161557800"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3161557800"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4103710290"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4103710290"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3161557800"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3161557800"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3161557800"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4103710290"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4103710290"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3161557800"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3161557800"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3161557800"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4103710290"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4103710290"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3161557800"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3161557800"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3161557800"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>