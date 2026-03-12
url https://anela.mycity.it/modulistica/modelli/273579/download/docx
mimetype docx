--- v7 (2026-02-16)
+++ v8 (2026-03-12)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3161557800"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3161557800"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3440038683"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3440038683"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3440038683"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3161557800"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3161557800"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3440038683"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3440038683"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3440038683"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3161557800"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3161557800"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3440038683"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3440038683"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3440038683"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3161557800"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3161557800"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3440038683"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3440038683"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3440038683"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3161557800"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3161557800"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3440038683"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3440038683"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3440038683"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3161557800"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3161557800"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3440038683"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3440038683"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3440038683"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3161557800"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3161557800"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3440038683"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3440038683"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3440038683"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3161557800"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3161557800"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3440038683"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3440038683"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3440038683"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3161557800"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3161557800"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3440038683"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3440038683"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3440038683"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>